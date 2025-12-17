--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -1,2470 +1,1763 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00EB6073" w:rsidRPr="007D379D" w:rsidRDefault="008C050F" w:rsidP="007D379D">
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="759B8226" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="00741BF6" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007D379D">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00741BF6">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...47 lines deleted...]
-        <w:t>Tool</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Use this tool to prepare for and take notes during your peer review discussion.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C050F" w:rsidRPr="007D379D" w:rsidRDefault="00377666" w:rsidP="007D379D">
-[...41 lines deleted...]
-    <w:p w:rsidR="007D379D" w:rsidRPr="007D379D" w:rsidRDefault="007D379D" w:rsidP="00BA609E">
+    <w:p w14:paraId="69DCDDC5" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="007D379D" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D379D" w:rsidRPr="003D6C31" w:rsidRDefault="007D379D" w:rsidP="007D379D">
+    <w:p w14:paraId="5934B30B" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="003D6C31" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6C31">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To prepare for the peer review dialogue, begin with reflecting </w:t>
       </w:r>
       <w:r w:rsidRPr="007B0B25">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>on yourself</w:t>
       </w:r>
       <w:r w:rsidRPr="007D379D">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6C31">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Focus on the following two questions for each category:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D379D" w:rsidRPr="007D379D" w:rsidRDefault="007D379D" w:rsidP="007D379D">
+    <w:p w14:paraId="55C59D16" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="007D379D" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D379D">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">What is working well / has been effective for each of these </w:t>
       </w:r>
       <w:r w:rsidRPr="007D379D">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>for you</w:t>
       </w:r>
       <w:r w:rsidRPr="007D379D">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D379D" w:rsidRPr="007D379D" w:rsidRDefault="007D379D" w:rsidP="007D379D">
+    <w:p w14:paraId="19284B02" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="007D379D" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D379D">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">What elements do </w:t>
       </w:r>
       <w:r w:rsidRPr="007B0B25">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r w:rsidRPr="007D379D">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> have room for improvement / growth / further development?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D379D" w:rsidRPr="003D6C31" w:rsidRDefault="007D379D" w:rsidP="007D379D">
+    <w:p w14:paraId="39D2426D" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="003D6C31" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D379D" w:rsidRPr="003D6C31" w:rsidRDefault="007D379D" w:rsidP="007D379D">
+    <w:p w14:paraId="524B1A00" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="003D6C31" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6C31">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>During your peer review dialogue,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> share your self-reflections.</w:t>
+        <w:t xml:space="preserve"> share your self-reflections. Then, i</w:t>
       </w:r>
-      <w:r w:rsidR="007B0B25">
+      <w:r w:rsidRPr="003D6C31">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Then,</w:t>
+        <w:t xml:space="preserve">nvite your peer to add their </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t>e shared.</w:t>
+        <w:t>feedback and ideas to what you have shared.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D379D" w:rsidRPr="007D379D" w:rsidRDefault="007D379D" w:rsidP="007D379D">
+    <w:p w14:paraId="26315A01" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="007D379D" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D379D" w:rsidRPr="007D379D" w:rsidRDefault="007D379D" w:rsidP="00BA609E">
+    <w:p w14:paraId="404FD6CB" w14:textId="1170E4D8" w:rsidR="00090FE4" w:rsidRPr="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="003B19E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6C31">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">When you document the peer review </w:t>
       </w:r>
-      <w:r w:rsidR="007B0B25" w:rsidRPr="007B0B25">
+      <w:r w:rsidRPr="007B0B25">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>about</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> your colleague</w:t>
+        <w:t>about your colleague</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6C31">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> following your discussion, use the responses shared by your peer about themselves</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and what you discussed</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6C31">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to help inform what to write</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in each category, responding to the two questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7134" w:rsidRPr="00DF7134" w:rsidRDefault="00DF7134" w:rsidP="00BA609E">
+    <w:p w14:paraId="51EFF652" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10740"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00F725B0">
+      <w:tr w:rsidR="003B19E6" w:rsidRPr="00DF7134" w14:paraId="221A1A72" w14:textId="77777777" w:rsidTr="00AC551C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="00F725B0" w:rsidP="00F725B0">
+          <w:p w14:paraId="79A54B49" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial Management </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="55462348" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="720" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Budget</w:t>
             </w:r>
-            <w:r w:rsidR="007B0B25">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: P</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">articipate in development of, monitor, analyze, explain variance, forecast, capital budgeting, cost/benefit analysis. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="7EC4736B" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="720" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Efficiency/Throughput</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: FTEs and daily operations. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00216611" w:rsidRPr="00DF7134" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="518CD026" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="00DF7134" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="720" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reimbursement</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Anticipate effect of changes on patient care.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00F725B0">
+      <w:tr w:rsidR="003B19E6" w:rsidRPr="00DF7134" w14:paraId="43218E2C" w14:textId="77777777" w:rsidTr="00AC551C">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0007771F" w:rsidRPr="00DF7134" w:rsidRDefault="00363134" w:rsidP="00216611">
+          <w:p w14:paraId="5E755CAE" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="00DF7134" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF7134">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00363134" w:rsidRDefault="00363134" w:rsidP="00216611">
-[...35 lines deleted...]
-          <w:p w:rsidR="00C621DD" w:rsidRPr="00DF7134" w:rsidRDefault="00C621DD" w:rsidP="00216611">
+          <w:p w14:paraId="5771742C" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DD6CD80" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44968A41" w14:textId="78116067" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DAC4E7F" w14:textId="77777777" w:rsidR="00E65D9E" w:rsidRPr="00DF7134" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E42C8E3" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="00DF7134" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00F725B0">
+      <w:tr w:rsidR="003B19E6" w:rsidRPr="00DF7134" w14:paraId="666596FD" w14:textId="77777777" w:rsidTr="00AC551C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="00F725B0" w:rsidP="00F725B0">
+          <w:p w14:paraId="7958026D" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance Improvement </w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="406204A3" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Establish</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> key indicators in partnership with service line leaders. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="0B58B091" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Coach</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> understanding of area and organization quality metrics/outcomes and improvement activities. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="647A6BDD" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Evaluate</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
-[...8 lines deleted...]
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+            <w:r w:rsidRPr="00A221E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> outcomes, patient safety events and utilize </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A221E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>real time problem solving</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A221E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> methods.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4788D82C" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Incorporate</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> evidence based standard work, validate adherence to standard work and provides feedback. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="67D9F67C" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Support</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> organization level implementation, dissemination and adoption of new solutions/standard work. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="2FD1DF78" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Maintain</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> survey and regulatory readiness. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00216611" w:rsidRPr="00A221E5" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="2176D211" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="00A221E5" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Promote</w:t>
             </w:r>
-            <w:r w:rsidR="00A221E5" w:rsidRPr="00A221E5">
+            <w:r w:rsidRPr="00A221E5">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> workplace safety.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00F725B0">
+      <w:tr w:rsidR="003B19E6" w:rsidRPr="00DF7134" w14:paraId="59253D6B" w14:textId="77777777" w:rsidTr="00AC551C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001E60D4" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
+          <w:p w14:paraId="625E4651" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="00DF7134" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF7134">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00216611" w:rsidRDefault="00216611" w:rsidP="00B44063">
-[...43 lines deleted...]
-          <w:p w:rsidR="001E60D4" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="00BD38BE">
+          <w:p w14:paraId="51054279" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C9D585E" w14:textId="77777777" w:rsidR="00E65D9E" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B1A7C0C" w14:textId="4C02B7F1" w:rsidR="00E65D9E" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F576D86" w14:textId="77777777" w:rsidR="00E65D9E" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57C5C50C" w14:textId="4B53DB8D" w:rsidR="00E65D9E" w:rsidRPr="00DF7134" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00F725B0">
+      <w:tr w:rsidR="003B19E6" w:rsidRPr="00DF7134" w14:paraId="409B8235" w14:textId="77777777" w:rsidTr="00AC551C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="00F725B0" w:rsidP="00F725B0">
+          <w:p w14:paraId="04B20678" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HR Leadership Skills</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="3CAEDFD8" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="720" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Engagement</w:t>
             </w:r>
-            <w:r w:rsidR="00B07D87">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: assess and action plan; p</w:t>
             </w:r>
-            <w:r w:rsidR="00B07D87" w:rsidRPr="00B07D87">
+            <w:r w:rsidRPr="00B07D87">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">romote professional governance participation  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="1BCE286E" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="720" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Retention</w:t>
             </w:r>
-            <w:r w:rsidR="00F725B0" w:rsidRPr="00F725B0">
-[...26 lines deleted...]
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+            <w:r w:rsidRPr="00F725B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: promote through growth, development, rewards/recognition. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF1B7F6" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="720" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Performance Management</w:t>
             </w:r>
-            <w:r w:rsidR="00F725B0" w:rsidRPr="00F725B0">
+            <w:r w:rsidRPr="00F725B0">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: appraisal, goal setting, continual performance development, monitor for fitness for duty, initiate corrective actions, progressive counseling. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F725B0" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="2A2B3475" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:ind w:left="720" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relationships</w:t>
             </w:r>
-            <w:r w:rsidR="00F725B0" w:rsidRPr="00F725B0">
+            <w:r w:rsidRPr="00F725B0">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: promote team dynamics, mentor and coach, apply communication principles. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00186952" w:rsidRPr="00DF7134" w:rsidRDefault="008C050F" w:rsidP="00F725B0">
+          <w:p w14:paraId="5688290B" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="00DF7134" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="720" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C050F">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conflict Management</w:t>
             </w:r>
-            <w:r w:rsidR="00F725B0" w:rsidRPr="00F725B0">
+            <w:r w:rsidRPr="00F725B0">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00F725B0">
+      <w:tr w:rsidR="003B19E6" w:rsidRPr="00DF7134" w14:paraId="1FE1FDB2" w14:textId="77777777" w:rsidTr="00E65D9E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10740" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001E60D4" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
+          <w:p w14:paraId="28DF04B8" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRPr="00DF7134" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF7134">
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00216611" w:rsidRDefault="00216611" w:rsidP="001E60D4">
-[...26 lines deleted...]
-          <w:p w:rsidR="007D379D" w:rsidRPr="00DF7134" w:rsidRDefault="007D379D" w:rsidP="001E60D4">
+          <w:p w14:paraId="0EC4DC0A" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="313A3344" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20CD840F" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A1969F5" w14:textId="77777777" w:rsidR="003B19E6" w:rsidRDefault="003B19E6" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="074FEA73" w14:textId="7215D1AA" w:rsidR="00E65D9E" w:rsidRPr="00DF7134" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00635E24" w:rsidRPr="00DF7134" w14:paraId="1186BD8D" w14:textId="77777777" w:rsidTr="00E65D9E">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6675DB08" w14:textId="77777777" w:rsidR="00635E24" w:rsidRPr="00090FE4" w:rsidRDefault="00635E24" w:rsidP="00635E24">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Professional Development Goal: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5260AD5B" w14:textId="77777777" w:rsidR="00635E24" w:rsidRPr="00090FE4" w:rsidRDefault="00635E24" w:rsidP="00E65D9E">
+            <w:pPr>
+              <w:ind w:left="288"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current PD Goal: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Review goal and discuss challenges/successes and progress towards achieving PD goal.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283EEFEA" w14:textId="61E74D21" w:rsidR="00635E24" w:rsidRPr="00DF7134" w:rsidRDefault="00635E24" w:rsidP="00E65D9E">
+            <w:pPr>
+              <w:ind w:left="288"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Future PD Goal:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Discuss ideas for next PD goal.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00635E24" w:rsidRPr="00DF7134" w14:paraId="0ACA381B" w14:textId="77777777" w:rsidTr="00E65D9E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15683F5B" w14:textId="77777777" w:rsidR="00635E24" w:rsidRDefault="00635E24" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25FDA9F9" w14:textId="77777777" w:rsidR="00E65D9E" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DBBBC75" w14:textId="77777777" w:rsidR="00E65D9E" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C6C8874" w14:textId="77777777" w:rsidR="00E65D9E" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B9629B1" w14:textId="4639A49A" w:rsidR="00E65D9E" w:rsidRPr="00DF7134" w:rsidRDefault="00E65D9E" w:rsidP="00AC551C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C30415" w:rsidRPr="007D379D" w:rsidRDefault="00C30415" w:rsidP="007D379D">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+    <w:p w14:paraId="29C9BA1F" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AF5F7B3" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>Updated: 10</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Updated: 12.2025</w:t>
       </w:r>
-      <w:r w:rsidR="00D21E11">
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00C30415" w:rsidRPr="007D379D" w:rsidSect="00F725B0">
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:p w14:paraId="355728AC" w14:textId="77777777" w:rsidR="00EA3929" w:rsidRDefault="00741BF6" w:rsidP="00090FE4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EA3929" w:rsidSect="00090FE4">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="576" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A40A9B" w:rsidRDefault="00A40A9B" w:rsidP="00994E33">
+    <w:p w14:paraId="422E7BD4" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A40A9B" w:rsidRDefault="00A40A9B" w:rsidP="00994E33">
+    <w:p w14:paraId="4DFAA50B" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Franklin Gothic Medium">
+    <w:panose1 w:val="020B0603020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Franklin Gothic Demi">
+    <w:panose1 w:val="020B0703020102020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...275 lines deleted...]
-  <w:p w:rsidR="00ED7BF6" w:rsidRDefault="00ED7BF6" w:rsidP="007D379D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5B6DCD94" w14:textId="3E9A0876" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="003008CC">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:color w:val="E57100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:color w:val="232C4B"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B759FC9" wp14:editId="721BA4E4">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>6162040</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9037955</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="704088" cy="557784"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:wrapNone/>
+          <wp:docPr id="9" name="Picture 9" descr="A green and black sign with white text&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1669021204" name="Picture 3" descr="A green and black sign with white text&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="704088" cy="557784"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:color w:val="232C4B"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Nursing</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:color w:val="232C4B"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Professional Governance Organization | </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:color w:val="E57100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>uvahealthumcnursing.org</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0E4674FD" w14:textId="1C4F1298" w:rsidR="00A708E6" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Copyright © 2025 by The Rector and Visitors of the University of Virginia. This material is the proprietary information of The Rector and </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2FCCC231" w14:textId="77777777" w:rsidR="00A708E6" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Visitors of the University of Virginia and may not be copied, modified, distributed, sublicensed, or assigned</w:t>
+    </w:r>
+    <w:r w:rsidR="00A708E6">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">without the express, written </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="211A47A1" w14:textId="25CF49CD" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:color w:val="E57100"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">permission of UVA Health </w:t>
+    </w:r>
+    <w:r w:rsidR="00A708E6">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>University Medical Center’s</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> NPGO Support Office (NPGO@uvahealth.org or 434-924-9357).</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A40A9B" w:rsidRDefault="00A40A9B" w:rsidP="00994E33">
+    <w:p w14:paraId="1E28B178" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A40A9B" w:rsidRDefault="00A40A9B" w:rsidP="00994E33">
+    <w:p w14:paraId="6A059D34" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0BCEACD6" w14:textId="085512E8" w:rsidR="00090FE4" w:rsidRPr="00514904" w:rsidRDefault="003B19E6" w:rsidP="00514904">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+      <w:spacing w:after="240"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Medium" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Medium" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Medium" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Medium" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Nurse Leader</w:t>
+    </w:r>
+    <w:r w:rsidR="00090FE4" w:rsidRPr="00514904">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Medium" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Medium" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Peer Review Preparation Tool </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0039355C"/>
+    <w:nsid w:val="26AB3A82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8B70BEDA"/>
+    <w:tmpl w:val="A28A36E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
-      </w:pPr>
-[...214 lines deleted...]
-        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...452 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DC8164B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="055E63CE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -2509,291 +1802,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...226 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56D1608F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48FE93F6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
@@ -2822,734 +1888,152 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...450 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="14"/>
-[...22 lines deleted...]
-  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007C34FE"/>
-[...110 lines deleted...]
-    <w:rsid w:val="00FF5FD8"/>
+    <w:rsidRoot w:val="00090FE4"/>
+    <w:rsid w:val="00090FE4"/>
+    <w:rsid w:val="000E6F8F"/>
+    <w:rsid w:val="003008CC"/>
+    <w:rsid w:val="003B19E6"/>
+    <w:rsid w:val="003F7F03"/>
+    <w:rsid w:val="00514904"/>
+    <w:rsid w:val="005D704B"/>
+    <w:rsid w:val="00614B29"/>
+    <w:rsid w:val="00635E24"/>
+    <w:rsid w:val="006C1C3B"/>
+    <w:rsid w:val="00741BF6"/>
+    <w:rsid w:val="00747EA9"/>
+    <w:rsid w:val="00A708E6"/>
+    <w:rsid w:val="00C216AE"/>
+    <w:rsid w:val="00E65D9E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="74AAFA3B"/>
-  <w15:docId w15:val="{023A36AB-D454-4AF0-84BA-4DADE8555F5A}"/>
+  <w14:docId w14:val="423A3378"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{A8AFC51D-6F71-4C56-B43A-68B8DEBCA68B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3877,1690 +2361,490 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C34FE"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00090FE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00090FE4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00090FE4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00090FE4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00090FE4"/>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="007C34FE"/>
+    <w:rsid w:val="00090FE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="007C34FE"/>
+    <w:rsid w:val="003B19E6"/>
     <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...115 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...1119 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NPGO@uvahealth.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E815288B-CD06-48BF-BED3-5D7ADAFBC531}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F236EEEB-D95E-4580-AB91-1F616540DAFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1848</Characters>
+  <Pages>2</Pages>
+  <Words>345</Words>
+  <Characters>1972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UVA Health System</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2168</CharactersWithSpaces>
+  <CharactersWithSpaces>2313</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Glanzer, Luella *HS</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>