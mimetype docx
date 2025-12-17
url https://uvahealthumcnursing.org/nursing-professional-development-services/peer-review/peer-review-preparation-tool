--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -1,3214 +1,2075 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="006357C2" w:rsidRPr="009D72AA" w:rsidRDefault="00C0338F" w:rsidP="009D72AA">
-[...76 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="0D6C6A2C" w14:textId="72BF0F12" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08CFF35B" wp14:editId="2CB7AC5F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>5008880</wp:posOffset>
+              <wp:posOffset>5073650</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>65291</wp:posOffset>
+              <wp:posOffset>287655</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1920240" cy="1920240"/>
-            <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
+            <wp:extent cx="2011680" cy="2011680"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="3" name="Picture 3"/>
+            <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="2" name="Picture 2"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1920240" cy="1920240"/>
+                      <a:ext cx="2011680" cy="2011680"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Use this tool to prepare for and take notes during your peer review discussion.</w:t>
+        <w:t>Use this tool to prepare for and take notes during your peer review discussion with your self-selected o</w:t>
+      </w:r>
+      <w:r w:rsidR="005A15C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assigned peer, using the buddy-system.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D72AA" w:rsidRPr="003D6C31" w:rsidRDefault="009D72AA" w:rsidP="009D72AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="1331C346" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA609E" w:rsidRPr="003D6C31" w:rsidRDefault="00C0338F" w:rsidP="00C0338F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="771D0B20" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>To prepare f</w:t>
+        <w:t xml:space="preserve">To prepare for the peer review dialogue, begin with reflecting </w:t>
       </w:r>
-      <w:r w:rsidR="00DF7134" w:rsidRPr="003D6C31">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>on yourself</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> F</w:t>
-[...41 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> Focus on the following two questions for each Professional Practice Model category:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7134" w:rsidRPr="003D6C31" w:rsidRDefault="00DF7134" w:rsidP="00DF7134">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3040BB65" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">What are </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> strengths?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7134" w:rsidRPr="003D6C31" w:rsidRDefault="00DF7134" w:rsidP="00DF7134">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3E61D367" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">How would </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> like to grow/improve?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0338F" w:rsidRPr="003D6C31" w:rsidRDefault="00C0338F" w:rsidP="00BA609E">
+    <w:p w14:paraId="49F7FBB9" w14:textId="79A9A55F" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="006C1C3B" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C0338F" w:rsidRPr="003D6C31" w:rsidRDefault="00C0338F" w:rsidP="00C0338F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="4980B1DC" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>During your peer review dialogue,</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> shared.</w:t>
+        <w:t>During your peer review dialogue, share your self-reflections. Then, invite your peer to add their feedback and ideas to what you have shared.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0338F" w:rsidRPr="003D6C31" w:rsidRDefault="00C0338F" w:rsidP="00BA609E">
+    <w:p w14:paraId="693433F7" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF7134" w:rsidRPr="003D6C31" w:rsidRDefault="00DF7134" w:rsidP="00C0338F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="12BA6BEA" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="006C1C3B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D6C31">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">When you document </w:t>
+        <w:t>Discuss your professional development goal – what goal you set for yourself, progress towards achieving it, any challenges or successes – as well as ideas for a professional development goal for the upcoming fiscal year.</w:t>
       </w:r>
-      <w:r w:rsidR="00C0338F" w:rsidRPr="003D6C31">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="14CABA0A" w14:textId="7C3A30C8" w:rsidR="00090FE4" w:rsidRPr="006C1C3B" w:rsidRDefault="006C1C3B" w:rsidP="006C1C3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0053717C" w:rsidRPr="0053717C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+    </w:p>
+    <w:p w14:paraId="404FD6CB" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="006C1C3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When you document the peer review </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>about</w:t>
+        <w:t>about your colleague</w:t>
       </w:r>
-      <w:r w:rsidR="002A11B8" w:rsidRPr="0053717C">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> your colleague</w:t>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> in each category, responding to the two questions.</w:t>
+        <w:t xml:space="preserve"> following your discussion, use the responses shared by your peer about themselves and what you discussed to help inform what to write in each category, responding to the two questions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7134" w:rsidRPr="00DF7134" w:rsidRDefault="00DF7134" w:rsidP="00BA609E">
+    <w:p w14:paraId="51EFF652" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10740"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="4F43ADD9" w14:textId="77777777" w:rsidTr="00090FE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="002A11B8" w:rsidRDefault="00186952" w:rsidP="00186952">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="7DC99A0D" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relationship Based Care</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00DF7134" w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Self &amp; Colleagues</w:t>
             </w:r>
-            <w:r w:rsidR="00DF7134" w:rsidRPr="00DF7134">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reflects the influence of the nurse’s relationship with self, colleagues and patient/family on the patient experience. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A27E500" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="278909A4" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide specific examples / strengths in this category and ideas/feedback for growth/further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00377666">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="7A520529" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0007771F" w:rsidRPr="00DF7134" w:rsidRDefault="00363134" w:rsidP="00216611">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="72712C6E" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00363134" w:rsidRPr="00DF7134" w:rsidRDefault="00363134" w:rsidP="00216611">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="7AC2668D" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3868755A" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17173245" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="256DA4A5" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="32239481" w14:textId="77777777" w:rsidTr="00090FE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="002A11B8" w:rsidRDefault="00186952" w:rsidP="00186952">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="379CF114" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relationship Based Care</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00DF7134" w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Patient &amp; Families</w:t>
             </w:r>
-            <w:r w:rsidR="00DF7134" w:rsidRPr="00DF7134">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reflects the influence of the nurse’s relationship with self, colleagues and patient/family on the patient experience. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD9576C" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EFB84D5" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide specific examples / strengths in this category and ideas/feedback for growth/further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="5C2DD307" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001E60D4" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="1A04EA63" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00216611" w:rsidRPr="00DF7134" w:rsidRDefault="00216611" w:rsidP="00216611">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="49A0A36B" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="003008CC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3555AF08" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4227D29C" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CC77DB2" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="4F120DCC" w14:textId="77777777" w:rsidTr="00090FE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="002A11B8" w:rsidRDefault="00186952" w:rsidP="00186952">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="6505AAAD" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Expert Caring encompasses clinical assessment, planning, prioritizing, coordinating and implementation of care.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              <w:t xml:space="preserve">Expert Caring encompasses clinical assessment, planning, prioritizing, coordinating and implementation of care. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2571A7B5" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="143BA412" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide specific examples / strengths in this category and ideas/feedback for growth/further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="05D1DC03" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001E60D4" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="02A81AFD" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00216611" w:rsidRDefault="00216611" w:rsidP="001E60D4">
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="0FF924E1" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="643A7654" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31DA668F" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="229D40F6" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="6E441105" w14:textId="77777777" w:rsidTr="00090FE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="002A11B8" w:rsidRDefault="00186952" w:rsidP="00186952">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="5EF20CDF" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Empowered Leaders demonstrate knowledge of and actively participate in </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              <w:t>Empowered Leaders demonstrate knowledge of and actively participate in professional governance.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E4A02E" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BE1BE09" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>professional</w:t>
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide specific examples / strengths in this category and ideas/feedback for growth/further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="053F74A6" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001E60D4" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="444DDE08" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD38BE" w:rsidRDefault="00BD38BE" w:rsidP="001E60D4">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="7A4BC46D" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47BB7C8A" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EA5862E" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F19A0ED" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="74F03DBF" w14:textId="77777777" w:rsidTr="00090FE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00487518" w:rsidRDefault="00186952" w:rsidP="00671AD4">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="6E6AC1E5" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Quality Achievement includes adherence to clinical documentation guidelines, comprehension of outcomes data, engagement in performance improvement activities and commitment to standard work.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              <w:t xml:space="preserve">Quality Achievement includes adherence to clinical documentation guidelines, comprehension of outcomes data, engagement in performance improvement activities and commitment to standard work. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109D53DF" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EA75837" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide specific examples / strengths in this category and ideas/feedback for growth/further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="738D09AC" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A033E9" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="3F7DCDAF" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD38BE" w:rsidRDefault="00BD38BE" w:rsidP="001E60D4">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="584891CF" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="730E86DE" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F58D63B" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E1F5858" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00487518">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="61CBD154" w14:textId="77777777" w:rsidTr="00090FE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00487518" w:rsidRDefault="00186952" w:rsidP="00186952">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="04B9064C" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lifelong learning encompasses professional development through formal education, professional certification, internal and external learning opportunities and recognizes the value of external professional organizations. Supports onboarding of new team members and precepts as applicable.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              <w:t xml:space="preserve">Lifelong learning encompasses professional development through formal education, professional certification, internal and external learning opportunities and recognizes the value of external professional organizations. Supports onboarding of new team members and precepts as applicable. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="493339FF" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D44C1CE" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide specific examples / strengths in this category and ideas/feedback for growth/further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00487518">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="596C6968" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD38BE" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="632A6705" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001E60D4" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="6CBF0D0C" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78646437" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72601D8C" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E6590AF" w14:textId="7367DB97" w:rsidR="003008CC" w:rsidRPr="00090FE4" w:rsidRDefault="003008CC" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00216611">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="62546BC1" w14:textId="77777777" w:rsidTr="00090FE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE16B3" w:rsidRDefault="00186952" w:rsidP="00186952">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="2F14A0D6" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Innovation is demonstrated by application of technologies that support patient care, actively seeking to implement evidence based practice and new knowledge generated by nursing research.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              <w:t xml:space="preserve">Innovation is demonstrated by application of technologies that support patient care, actively seeking to implement </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              <w:t>evidence based</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+              <w:t xml:space="preserve"> practice and new knowledge generated by nursing research. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="456AF45A" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="332D0CE5" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide specific examples / strengths in this category and ideas/feedback for growth/further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00A033E9">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="56CFB577" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001E60D4" w:rsidRPr="00DF7134" w:rsidRDefault="001E60D4" w:rsidP="001E60D4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="5BB6BEA7" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Examples and comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00671AD4" w:rsidRDefault="00671AD4" w:rsidP="006357C2">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="0CBCE9F5" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="466814F3" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="671630BB" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21F889EB" w14:textId="6C5A8110" w:rsidR="003008CC" w:rsidRPr="00090FE4" w:rsidRDefault="003008CC" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00A033E9">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="40624688" w14:textId="77777777" w:rsidTr="00090FE4">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79717FCD" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Professional Development Goal: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1240D90E" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current PD Goal: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Review goal and discuss challenges/successes and progress towards achieving PD goal.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CD3B20B" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Future PD Goal:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Discuss ideas for next PD goal.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="3BCCD006" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A033E9" w:rsidRPr="00DF7134" w:rsidRDefault="00A033E9" w:rsidP="00BE16B3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="7D037563" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF7134">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          </w:p>
+          <w:p w14:paraId="1037704E" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASPIRE: if comments above do not address all ASPIRE values, please use the box below to </w:t>
-[...24 lines deleted...]
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48A169E2" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1538B6E3" w14:textId="0A1AFE7B" w:rsidR="003008CC" w:rsidRPr="00090FE4" w:rsidRDefault="003008CC" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7BF6" w:rsidRPr="00DF7134" w:rsidTr="00A033E9">
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="4FAFC6BC" w14:textId="77777777" w:rsidTr="00090FE4">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B553A71" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASPIRE: if comments above do not address all ASPIRE values, please use the box below to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>provide specific examples / strengths in this category and ideas/feedback for growth/further development.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090FE4" w:rsidRPr="00090FE4" w14:paraId="697EBEF6" w14:textId="77777777" w:rsidTr="001F09C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A033E9" w:rsidRPr="00DF7134" w:rsidRDefault="00A033E9" w:rsidP="001E60D4">
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:p w14:paraId="2567F14A" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FA0794E" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27757095" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F6CBC40" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00186952" w:rsidRDefault="00186952" w:rsidP="00BD38BE">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+    <w:p w14:paraId="29C9BA1F" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D72AA" w:rsidRDefault="009D72AA" w:rsidP="00BD38BE">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+    <w:p w14:paraId="3AF5F7B3" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0053717C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:r w:rsidRPr="00090FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>Updated: 10.2023</w:t>
+        <w:t>Updated: 12.2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D72AA" w:rsidRDefault="009D72AA" w:rsidP="00BD38BE">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="355728AC" w14:textId="77777777" w:rsidR="00EA3929" w:rsidRDefault="005A15C9" w:rsidP="00090FE4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D72AA" w:rsidRDefault="009D72AA" w:rsidP="00BD38BE">
-[...14 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00EA3929" w:rsidSect="00090FE4">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A40A9B" w:rsidRDefault="00A40A9B" w:rsidP="00994E33">
+    <w:p w14:paraId="422E7BD4" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A40A9B" w:rsidRDefault="00A40A9B" w:rsidP="00994E33">
+    <w:p w14:paraId="4DFAA50B" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Franklin Gothic Medium">
+    <w:panose1 w:val="020B0603020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Franklin Gothic Demi">
+    <w:panose1 w:val="020B0703020102020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...8 lines deleted...]
-    <w:sdtEndPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5B6DCD94" w14:textId="3E9A0876" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="003008CC">
+    <w:pPr>
+      <w:spacing w:after="0"/>
       <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:color w:val="E57100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
         <w:noProof/>
+        <w:color w:val="232C4B"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...224 lines deleted...]
-  <w:p w:rsidR="00ED7BF6" w:rsidRDefault="00ED7BF6" w:rsidP="00C0338F">
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B759FC9" wp14:editId="721BA4E4">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>6162040</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9037955</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="704088" cy="557784"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:wrapNone/>
+          <wp:docPr id="9" name="Picture 9" descr="A green and black sign with white text&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1669021204" name="Picture 3" descr="A green and black sign with white text&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="704088" cy="557784"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:color w:val="232C4B"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Nursing</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:color w:val="232C4B"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Professional Governance Organization | </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00090FE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:color w:val="E57100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>uvahealthumcnursing.org</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3348CAA8" w14:textId="77777777" w:rsidR="000F6FC0" w:rsidRDefault="000F6FC0" w:rsidP="000F6FC0">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Copyright © 2025 by The Rector and Visitors of the University of Virginia. This material is the proprietary information of The Rector and </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0A936ABF" w14:textId="77777777" w:rsidR="000F6FC0" w:rsidRDefault="000F6FC0" w:rsidP="000F6FC0">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Visitors of the University of Virginia and may not be copied, modified, distributed, sublicensed, or assigned without the express, written </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="211A47A1" w14:textId="2AF3ADFC" w:rsidR="00090FE4" w:rsidRPr="00090FE4" w:rsidRDefault="000F6FC0" w:rsidP="000F6FC0">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Demi" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Demi" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:color w:val="E57100"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>permission of UVA Health University Medical Center’s NPGO Support Office (NPGO@uvahealth.org or 434-924-9357).</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A40A9B" w:rsidRDefault="00A40A9B" w:rsidP="00994E33">
+    <w:p w14:paraId="1E28B178" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A40A9B" w:rsidRDefault="00A40A9B" w:rsidP="00994E33">
+    <w:p w14:paraId="6A059D34" w14:textId="77777777" w:rsidR="00090FE4" w:rsidRDefault="00090FE4" w:rsidP="00090FE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0BCEACD6" w14:textId="5FC24078" w:rsidR="00090FE4" w:rsidRPr="00514904" w:rsidRDefault="00090FE4" w:rsidP="00514904">
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+      <w:spacing w:after="240"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Medium" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Medium" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00514904">
+      <w:rPr>
+        <w:rFonts w:ascii="Franklin Gothic Medium" w:eastAsia="Calibri" w:hAnsi="Franklin Gothic Medium" w:cs="Times New Roman"/>
+        <w:bCs/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">RN Peer Review Preparation Tool </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0039355C"/>
+    <w:nsid w:val="26AB3A82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8B70BEDA"/>
+    <w:tmpl w:val="A28A36E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
-      </w:pPr>
-[...214 lines deleted...]
-        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...679 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56D1608F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48FE93F6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3250,616 +2111,143 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...337 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="11"/>
-[...25 lines deleted...]
-  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="80"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007C34FE"/>
-[...111 lines deleted...]
-    <w:rsid w:val="00FF5FD8"/>
+    <w:rsidRoot w:val="00090FE4"/>
+    <w:rsid w:val="00090FE4"/>
+    <w:rsid w:val="000F6FC0"/>
+    <w:rsid w:val="003008CC"/>
+    <w:rsid w:val="003F7F03"/>
+    <w:rsid w:val="00514904"/>
+    <w:rsid w:val="005A15C9"/>
+    <w:rsid w:val="005D704B"/>
+    <w:rsid w:val="006C1C3B"/>
+    <w:rsid w:val="00747EA9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2512562D"/>
-  <w15:docId w15:val="{023A36AB-D454-4AF0-84BA-4DADE8555F5A}"/>
+  <w14:docId w14:val="423A3378"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{A8AFC51D-6F71-4C56-B43A-68B8DEBCA68B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4187,1690 +2575,478 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C34FE"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00090FE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00090FE4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00090FE4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00090FE4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00090FE4"/>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="007C34FE"/>
+    <w:rsid w:val="00090FE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...126 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="7679048">
-[...1104 lines deleted...]
-    <w:div w:id="2125225938">
+    <w:div w:id="296226228">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NPGO@uvahealth.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDD497CC-2EC4-47E5-8AB5-6EA886E0B2EC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F236EEEB-D95E-4580-AB91-1F616540DAFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>463</Words>
-  <Characters>2645</Characters>
+  <Words>528</Words>
+  <Characters>3015</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>UVA Health System</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3102</CharactersWithSpaces>
+  <CharactersWithSpaces>3536</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Glanzer, Luella *HS</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>