--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -2,1869 +2,2198 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2F5BD7DA" w14:textId="6DFA966C" w:rsidR="00CE0F40" w:rsidRPr="00E863EB" w:rsidRDefault="003F4FDC" w:rsidP="005F6B9D">
+    <w:p w14:paraId="1DB6C81A" w14:textId="12138AEB" w:rsidR="003767DB" w:rsidRPr="003767DB" w:rsidRDefault="003F4FDC" w:rsidP="003F7F55">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peer Review Tracking </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1524B">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Grid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Self-Selected or </w:t>
+      </w:r>
+      <w:r w:rsidR="00580497" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local </w:t>
+      </w:r>
+      <w:r w:rsidR="002008EE" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Professional</w:t>
+      </w:r>
+      <w:r w:rsidR="00580497" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103178" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Governance </w:t>
+      </w:r>
+      <w:r w:rsidR="00580497" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Assigned </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7322" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peer Reviews </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5BD7DA" w14:textId="4F4ED10D" w:rsidR="00CE0F40" w:rsidRPr="003767DB" w:rsidRDefault="003767DB" w:rsidP="005F6B9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Revised 12.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71749B50" w14:textId="7578206C" w:rsidR="00BE0EE4" w:rsidRPr="003767DB" w:rsidRDefault="00C45E16" w:rsidP="005F6B9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A central list for each practice area</w:t>
+      </w:r>
+      <w:r w:rsidR="00680A86">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/department</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1131" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>recommended, though not required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Knowing </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1131" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">self-selected or </w:t>
+      </w:r>
+      <w:r w:rsidR="00103178" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>local professional governance</w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> committee assigned buddies for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">peer reviews </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are made will help support promotion and </w:t>
+      </w:r>
+      <w:r w:rsidR="00680A86" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">successful </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completion of </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="0096300A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="00680A86">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="0096300A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>peer</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0EE4" w:rsidRPr="0096300A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003767DB" w:rsidRPr="0096300A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>review per RN</w:t>
+      </w:r>
+      <w:r w:rsidR="00680A86" w:rsidRPr="0096300A">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in all roles</w:t>
+      </w:r>
+      <w:r w:rsidR="00680A86">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29588675" w14:textId="6DAC79EC" w:rsidR="003767DB" w:rsidRPr="003767DB" w:rsidRDefault="003767DB" w:rsidP="005F6B9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reminder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Peer Review for the annual performance appraisals occurs through a buddy</w:t>
+      </w:r>
+      <w:r w:rsidR="00680A86">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003767DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>process. Team Member A with be paired with Team Member B, and Team Member B will with be paired with Team Member A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21773317" w14:textId="77777777" w:rsidR="00CE0F40" w:rsidRPr="00680A86" w:rsidRDefault="00BE0EE4" w:rsidP="005F6B9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E863EB">
-[...132 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00680A86">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="006F1131" w:rsidRPr="006F1131">
+      <w:r w:rsidR="006F1131" w:rsidRPr="00680A86">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Edit and modify as needed to meet the needs of your team.</w:t>
       </w:r>
-      <w:r w:rsidR="002008EE">
+      <w:r w:rsidR="002008EE" w:rsidRPr="00680A86">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> May include all team members in peer review process if so desired.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="GridTable4-Accent3"/>
         <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1"/>
-        <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="13968" w:type="dxa"/>
+        <w:tblW w:w="13405" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3024"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="4601"/>
+        <w:gridCol w:w="4602"/>
+        <w:gridCol w:w="2101"/>
+        <w:gridCol w:w="2101"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00580497" w14:paraId="43FDB1EE" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="43FDB1EE" w14:textId="77777777" w:rsidTr="003F7F55">
         <w:trPr>
-          <w:trHeight w:val="833"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74EFC9E7" w14:textId="77777777" w:rsidR="00580497" w:rsidRPr="005F6B9D" w:rsidRDefault="00580497" w:rsidP="00580497">
-[...9 lines deleted...]
-              <w:t>RN’s</w:t>
+          <w:p w14:paraId="74EFC9E7" w14:textId="47ED7356" w:rsidR="003767DB" w:rsidRPr="00680A86" w:rsidRDefault="003767DB" w:rsidP="00680A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RNs (all the nurses in area)</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> (all the nurses in area)</w:t>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
+            <w:tcW w:w="4602" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2186E0" w14:textId="605D5E6F" w:rsidR="00580497" w:rsidRPr="00706ABA" w:rsidRDefault="00103178" w:rsidP="00580497">
-[...13 lines deleted...]
-              <w:t>N</w:t>
+          <w:p w14:paraId="2E2186E0" w14:textId="3F9C4249" w:rsidR="003767DB" w:rsidRPr="00680A86" w:rsidRDefault="003767DB" w:rsidP="00680A86">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paired with</w:t>
             </w:r>
-            <w:r w:rsidR="002008EE">
-[...5 lines deleted...]
-              <w:t>P</w:t>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
             </w:r>
-            <w:r w:rsidR="00580497">
-[...5 lines deleted...]
-              <w:t>G</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E6333C" w14:textId="77777777" w:rsidR="00680A86" w:rsidRDefault="003767DB" w:rsidP="00680A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Accepted</w:t>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00580497" w:rsidRPr="00706ABA">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">selected peer review requested from:  </w:t>
+          </w:p>
+          <w:p w14:paraId="573FFED7" w14:textId="42CFBF2F" w:rsidR="003767DB" w:rsidRPr="00680A86" w:rsidRDefault="003767DB" w:rsidP="00680A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in Workday</w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1224" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D20522D" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497">
+          <w:p w14:paraId="10D5104A" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="00680A86" w:rsidRDefault="003767DB" w:rsidP="00680A86">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t>Completed (</w:t>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Completed</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+          </w:p>
+          <w:p w14:paraId="4D20522D" w14:textId="38485160" w:rsidR="003767DB" w:rsidRPr="00680A86" w:rsidRDefault="003767DB" w:rsidP="00680A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in Workday</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00680A86">
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...93 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="73329DD4" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="73329DD4" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="008115EC" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="769FD831" w14:textId="7AA734FA" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D35BCBE" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4196C96C" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BA0C93" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="163E1A25" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="163E1A25" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="221"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="0694D1B7" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DDB677" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FADE08E" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8C5BAA" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA54573" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="320A9EED" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="320A9EED" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="254DBAF9" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="677DCDEA" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="605166FE" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE90813" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE786A9" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="2E672320" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="2E672320" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="26F2099A" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7FB3FA" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A285B68" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69477999" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7610D418" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="516D517E" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="516D517E" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="2B5405C0" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BB55B8" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED45E8B" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="743BC725" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3453CFAD" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="69C4754A" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="69C4754A" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="19BFAFB5" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DC3832" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4064C5CF" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75056266" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9CD8D7" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="794444E4" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="794444E4" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="22678ACB" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D47D1D" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D08438" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="746D4B81" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF69B09" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="01B07D65" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="01B07D65" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="40907A4C" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B13D30B" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52941C58" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17104386" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FB2034" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="754E0506" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="754E0506" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="221"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="713E1239" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC73F9D" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E06584" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A3770E" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="411B48E6" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="2E4DF32D" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="2E4DF32D" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="601204C5" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D239BCF" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1D2BF0" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2B8AEC" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7D7FCA" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="70C75617" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="70C75617" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="5F26DBB3" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F76D79E" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3AB32D" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF872AE" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="195452EE" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="7A57387B" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="7A57387B" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="20766D99" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3E980F" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5C39E9" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73267DE7" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8F417" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="3BFBD8E8" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="3BFBD8E8" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="63407CAD" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1EC5D5" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A988605" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="285A6195" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5E5CF5" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="167D4656" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="167D4656" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="59B1D676" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47BD10E0" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3D3DFD" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="377FD9DE" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED5F403" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="3ADFE129" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="3ADFE129" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="221"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="3B3D5482" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F000012" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0FA089" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="588E741F" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C09A69F" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="245EE27C" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="245EE27C" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="1CAC9863" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CDA4E2" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213B346A" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="775696D4" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE5386D" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="282AB857" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="282AB857" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="32E8CDC4" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="672384B0" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A64561" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC07439" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B37B4AD" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="706F4C4E" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="706F4C4E" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="3C06EAED" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EE96CF" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="211C3554" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52369ED9" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1478C1AD" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="67644EA4" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="67644EA4" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="6AD0CD63" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CF2DBD" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1AB0F5" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E03863C" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6841A6D4" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="2DF94520" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="2DF94520" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="37F786C0" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E29D734" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76318F66" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66572E05" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="398D5A4C" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="32C9893C" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="32C9893C" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...44 lines deleted...]
-          <w:p w14:paraId="66E9CF7B" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDD9A24" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266F35CA" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="136F50A4" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30755748" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580497" w14:paraId="74F8C8B3" w14:textId="77777777" w:rsidTr="00580497">
+      <w:tr w:rsidR="003767DB" w:rsidRPr="003767DB" w14:paraId="74F8C8B3" w14:textId="77777777" w:rsidTr="00680A86">
         <w:trPr>
-          <w:trHeight w:val="221"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3024" w:type="dxa"/>
-[...206 lines deleted...]
-          <w:p w14:paraId="6ADC227C" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A29DAF" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11882914" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9CAA53" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="283F05A0" w14:textId="77777777" w:rsidR="003767DB" w:rsidRPr="003F7F55" w:rsidRDefault="003767DB" w:rsidP="00580497">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6EEEE3F5" w14:textId="77777777" w:rsidR="00A2197D" w:rsidRDefault="00A2197D" w:rsidP="005F6B9D"/>
-    <w:p w14:paraId="5DAC2A89" w14:textId="135283FA" w:rsidR="00FA705E" w:rsidRPr="00FA705E" w:rsidRDefault="00FA705E" w:rsidP="00FA705E">
+    <w:p w14:paraId="5DAC2A89" w14:textId="264362D1" w:rsidR="00FA705E" w:rsidRPr="003767DB" w:rsidRDefault="00FA705E" w:rsidP="00680A86">
       <w:pPr>
-        <w:jc w:val="right"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA705E">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00FA705E" w:rsidRPr="00FA705E" w:rsidSect="00580497">
+    <w:sectPr w:rsidR="00FA705E" w:rsidRPr="003767DB" w:rsidSect="003767DB">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16668865" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5AFE99B3" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1890,58 +2219,72 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Franklin Gothic Medium">
+    <w:panose1 w:val="020B0603020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Franklin Gothic Book">
+    <w:panose1 w:val="020B0503020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30E89F6A" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7B44047A" w14:textId="77777777" w:rsidR="00580497" w:rsidRDefault="00580497" w:rsidP="00580497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -2166,99 +2509,106 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B6227"/>
     <w:rsid w:val="00103178"/>
     <w:rsid w:val="00105F98"/>
     <w:rsid w:val="001A5648"/>
     <w:rsid w:val="002008EE"/>
+    <w:rsid w:val="003767DB"/>
     <w:rsid w:val="003A4F23"/>
     <w:rsid w:val="003F4FDC"/>
+    <w:rsid w:val="003F7F55"/>
     <w:rsid w:val="00580497"/>
     <w:rsid w:val="005F6B9D"/>
+    <w:rsid w:val="00680A86"/>
     <w:rsid w:val="006B6227"/>
     <w:rsid w:val="006F1131"/>
     <w:rsid w:val="00706ABA"/>
     <w:rsid w:val="008B6A69"/>
     <w:rsid w:val="008E6785"/>
+    <w:rsid w:val="0096300A"/>
     <w:rsid w:val="00A06536"/>
     <w:rsid w:val="00A2197D"/>
     <w:rsid w:val="00A35198"/>
     <w:rsid w:val="00BC7322"/>
     <w:rsid w:val="00BE0EE4"/>
     <w:rsid w:val="00BF7789"/>
     <w:rsid w:val="00C2527A"/>
     <w:rsid w:val="00C45E16"/>
     <w:rsid w:val="00C62A38"/>
     <w:rsid w:val="00CE0708"/>
     <w:rsid w:val="00CE0F40"/>
     <w:rsid w:val="00DB468E"/>
     <w:rsid w:val="00DB48AA"/>
+    <w:rsid w:val="00DF14FF"/>
     <w:rsid w:val="00DF751A"/>
     <w:rsid w:val="00E863EB"/>
+    <w:rsid w:val="00F1524B"/>
     <w:rsid w:val="00F62055"/>
     <w:rsid w:val="00FA705E"/>
     <w:rsid w:val="00FE2250"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2371,94 +2721,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2744,50 +3098,126 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00580497"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00580497"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00580497"/>
   </w:style>
+  <w:style w:type="table" w:styleId="GridTable4-Accent3">
+    <w:name w:val="Grid Table 4 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00680A86"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3024,69 +3454,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>140</Words>
-  <Characters>763</Characters>
+  <Words>143</Words>
+  <Characters>817</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>888</CharactersWithSpaces>
+  <CharactersWithSpaces>959</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Belcher, Amalia M *HS</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>